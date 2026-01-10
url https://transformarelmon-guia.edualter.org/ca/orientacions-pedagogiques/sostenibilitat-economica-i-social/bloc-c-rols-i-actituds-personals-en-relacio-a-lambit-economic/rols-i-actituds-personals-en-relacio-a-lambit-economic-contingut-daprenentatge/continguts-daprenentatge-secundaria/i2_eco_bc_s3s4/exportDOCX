--- v0 (2025-10-27)
+++ v1 (2026-01-10)
@@ -64,51 +64,51 @@
       </w:pPr>
       <w:r>
         <w:t>OBJECTIU BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Responsabilitzar-se del procés personal i col·lectiu per a l'apoderament i la transformació dels processos i mecanismes que regulen les relacions econòmiques amb tal d'incorporar els valors de la solidaritat, justícia i equitat per a les persones i les comunitats</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Justícia econòmica i social</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -132,51 +132,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>PRÀCTIQUES DE REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>