--- v0 (2025-10-27)
+++ v1 (2026-01-11)
@@ -64,51 +64,51 @@
       </w:pPr>
       <w:r>
         <w:t>OBJECTIU BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Promoure alternatives i models de relació econòmica i social més justes basades en la cooperació, la solidaritat i la cura de la vida</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Justícia econòmica i social</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -132,51 +132,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>PRÀCTIQUES DE REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>