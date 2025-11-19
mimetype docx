--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>