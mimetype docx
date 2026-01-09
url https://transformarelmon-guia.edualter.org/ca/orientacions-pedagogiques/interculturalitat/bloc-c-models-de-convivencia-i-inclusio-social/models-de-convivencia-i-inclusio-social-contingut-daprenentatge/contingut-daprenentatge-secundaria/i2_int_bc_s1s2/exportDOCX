--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Valoren críticament i assumeixen les habilitats socials per a la convivència intercultural en societats dinàmiques i canviants (comunicació, escolta activa, diàleg, empatia, provenció, resolució i transformació de conflictes, mediació, cooperació, flexibilitat i adaptabilitat)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>I Models de convivència i inclusió social</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
@@ -1479,51 +1479,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -1652,51 +1652,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -1825,51 +1825,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -1994,51 +1994,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2163,51 +2163,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2276,113 +2276,113 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId77">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">Construcció de relacions de convivència assertives i respectuoses amb totes les persones i grups socials independentment del seu origen o pertinença. </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId47">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels drets propis i de les persones i col.lectius de l'entorn proper i del món, fent èmfasi en aquells relacionats amb el reconeixement de les minories i de la diversitat (lingüística, cultura, religiosa...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId75">
         <w:r>
           <w:rPr/>
           <w:t>Interiorització i promoció de les habilitats socials per a la convivència intercultural en societats dinàmiques i canviants (comunicació, escolta activa, diàleg, empatia, provenció, resolució, transformació de conflictes, mediació, cooperació, flexibilitat i adaptabilitat)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>