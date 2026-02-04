--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>