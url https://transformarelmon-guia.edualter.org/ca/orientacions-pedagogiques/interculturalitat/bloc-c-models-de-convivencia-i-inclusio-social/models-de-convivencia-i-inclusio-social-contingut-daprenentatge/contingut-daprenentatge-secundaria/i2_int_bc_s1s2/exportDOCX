--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -2354,59 +2354,59 @@
           <w:t>Interiorització i promoció de les habilitats socials per a la convivència intercultural en societats dinàmiques i canviants (comunicació, escolta activa, diàleg, empatia, provenció, resolució, transformació de conflictes, mediació, cooperació, flexibilitat i adaptabilitat)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>