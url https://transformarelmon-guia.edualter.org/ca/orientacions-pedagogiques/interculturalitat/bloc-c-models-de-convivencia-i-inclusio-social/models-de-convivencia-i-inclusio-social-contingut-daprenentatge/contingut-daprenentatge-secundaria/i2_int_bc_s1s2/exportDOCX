--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2354,59 +2354,59 @@
           <w:t>Interiorització i promoció de les habilitats socials per a la convivència intercultural en societats dinàmiques i canviants (comunicació, escolta activa, diàleg, empatia, provenció, resolució, transformació de conflictes, mediació, cooperació, flexibilitat i adaptabilitat)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>