--- v0 (2025-10-27)
+++ v1 (2025-10-27)
@@ -1977,59 +1977,59 @@
           <w:t>Anàlisi dels comentaris, opinions, valoracions i interpretacions que es donen en els mitjans de comunicació, Internet, xarxes socials i altres espais d'informació i comunicació respecte als diferents col.lectius socials i culturals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència digital</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId102">
         <w:r>
           <w:rPr/>
           <w:t>Reflexió sobre situacions de discriminació, exclusió, dominació o violència envers persones i grups per motiu del seu origen o pertinença, en l'entorn proper i al món, en diferents moments històrics</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>