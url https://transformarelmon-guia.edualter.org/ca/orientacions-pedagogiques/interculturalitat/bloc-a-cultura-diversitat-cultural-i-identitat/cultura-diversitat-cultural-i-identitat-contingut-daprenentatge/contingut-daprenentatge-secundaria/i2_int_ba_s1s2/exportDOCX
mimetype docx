--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -6264,126 +6264,126 @@
           <w:t>Assumpció del procés de construcció de la pròpia identitat, a partir de l’establiment de semblances i diferències, i l'establiment de relacions amb les persones i col.lectius de l’entorn proper i llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment de l'origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes, conseqüències i caractarístiques dels fenòmens migratoris al llarg de la història de la humanitat i en l'actualitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>