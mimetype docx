--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -164,75 +164,75 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -6264,126 +6264,126 @@
           <w:t>Assumpció del procés de construcció de la pròpia identitat, a partir de l’establiment de semblances i diferències, i l'establiment de relacions amb les persones i col.lectius de l’entorn proper i llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment de l'origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes, conseqüències i caractarístiques dels fenòmens migratoris al llarg de la història de la humanitat i en l'actualitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>