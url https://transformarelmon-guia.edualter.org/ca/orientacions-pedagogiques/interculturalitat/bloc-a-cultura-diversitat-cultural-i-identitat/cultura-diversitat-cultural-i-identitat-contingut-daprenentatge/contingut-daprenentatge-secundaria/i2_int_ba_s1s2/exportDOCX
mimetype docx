--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -79,160 +79,160 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Reflexionen críticament sobre els diferents sistemes de creences, valors, cosmovisions i formes de vida presents en l’entorn proper i al món, respectant i valorant la diversitat cultural existent com una oportunitat d’aprenentatge i enriquiment</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>I Cultura, diversitat cultural i idenditats</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -1813,51 +1813,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -1982,51 +1982,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2151,51 +2151,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2324,51 +2324,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2497,51 +2497,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2666,51 +2666,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2835,51 +2835,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -3008,51 +3008,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -3160,51 +3160,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -3333,51 +3333,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -3514,51 +3514,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -3691,51 +3691,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Música</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>DESCRIPCIÓ</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
@@ -3839,51 +3839,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4008,51 +4008,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -4177,51 +4177,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4342,51 +4342,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4519,51 +4519,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4688,51 +4688,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -4865,51 +4865,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -5042,51 +5042,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -5219,51 +5219,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -5396,51 +5396,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -5565,51 +5565,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -5730,51 +5730,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -5899,51 +5899,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -6072,51 +6072,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -6248,204 +6248,204 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId93">
         <w:r>
           <w:rPr/>
           <w:t>Assumpció del procés de construcció de la pròpia identitat, a partir de l’establiment de semblances i diferències, i l'establiment de relacions amb les persones i col.lectius de l’entorn proper i llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment de l'origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència digital</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes, conseqüències i caractarístiques dels fenòmens migratoris al llarg de la història de la humanitat i en l'actualitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId83">
         <w:r>
           <w:rPr/>
           <w:t>Comprensió i valoració positiva dels diferents sistemes de creences, valors, cosmovisions i formes de vida presents en l’entorn proper i al món, respectant i valorant la diversitat cultural existent com una oportunitat d'aprenentatge i enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>