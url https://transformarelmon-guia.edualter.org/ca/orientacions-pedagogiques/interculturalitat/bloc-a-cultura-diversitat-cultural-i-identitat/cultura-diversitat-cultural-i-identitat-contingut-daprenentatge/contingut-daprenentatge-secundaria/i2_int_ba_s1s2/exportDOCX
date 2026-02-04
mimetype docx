--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -172,67 +172,67 @@
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -6272,126 +6272,126 @@
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment de l'origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes, conseqüències i caractarístiques dels fenòmens migratoris al llarg de la història de la humanitat i en l'actualitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>