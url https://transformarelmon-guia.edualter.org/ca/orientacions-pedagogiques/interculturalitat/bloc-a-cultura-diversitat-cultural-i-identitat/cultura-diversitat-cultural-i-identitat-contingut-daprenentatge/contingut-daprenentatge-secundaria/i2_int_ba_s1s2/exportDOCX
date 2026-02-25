--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -172,59 +172,59 @@
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -6272,59 +6272,59 @@
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment de l'origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -6339,59 +6339,59 @@
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència digital</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes, conseqüències i caractarístiques dels fenòmens migratoris al llarg de la història de la humanitat i en l'actualitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>