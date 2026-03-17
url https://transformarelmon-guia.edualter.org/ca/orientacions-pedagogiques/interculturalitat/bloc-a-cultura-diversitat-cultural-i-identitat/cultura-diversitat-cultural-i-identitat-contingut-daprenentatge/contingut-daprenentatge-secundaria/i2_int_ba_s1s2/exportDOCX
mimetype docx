--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -6264,134 +6264,134 @@
           <w:t>Assumpció del procés de construcció de la pròpia identitat, a partir de l’establiment de semblances i diferències, i l'establiment de relacions amb les persones i col.lectius de l’entorn proper i llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:r>
           <w:rPr/>
           <w:t>Respecte i reivindicació dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones, independentment de l'origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència digital</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes, conseqüències i caractarístiques dels fenòmens migratoris al llarg de la història de la humanitat i en l'actualitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>