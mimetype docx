--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1540,59 +1540,59 @@
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId58">
         <w:r>
           <w:rPr/>
           <w:t>Identificació del lloc d’origen de les famílies de l’alumnat, comparant les semblances i les diferències existents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat crítica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>