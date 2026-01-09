--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,68 +79,68 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Coneixen les experiències migratòries dels diferents membres de les respectives famílies, identificant la seva tipologia (del camp a la ciutat, dintre del propi país o internacional).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>I Cultura, diversitat cultural i idenditats</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1462,191 +1462,191 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId60">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement i reflexió  sobre els múltiples elements que contribueixen a la configuració de la identitat (origen, llengua, costums, valors, sentit de pertinença, adscripció a grups d’afinitat)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId66">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement d’alguns principis i valors fonamentals (justícia, equitat, pau, dignitat, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones independentment del seu origen o pertinença.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId61">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId58">
         <w:r>
           <w:rPr/>
           <w:t>Identificació del lloc d’origen de les famílies de l’alumnat, comparant les semblances i les diferències existents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId67">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement dels principis i valors fonamentals (justícia, equitat, dignitat, pau, llibertat, solidaritat...) que constitueixen la base de la igualtat de drets i oportunitats per a totes les persones independentment del seu origen o pertinença</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Interculturalitat crítica</w:t>
+        <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>