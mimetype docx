--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -1540,59 +1540,59 @@
           <w:t>Reconeixement de la diversitat cultural (llengües, costums, valors, creences, formes de vida...) present a l’aula, a l’escola, i a l’entorn proper, com una oportunitat d’aprenentatge i d’enriquiment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId58">
         <w:r>
           <w:rPr/>
           <w:t>Identificació del lloc d’origen de les famílies de l’alumnat, comparant les semblances i les diferències existents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Interculturalitat Crítica i Antiracisme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>