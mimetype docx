--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Superior Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -1793,102 +1793,102 @@
           <w:t>Sensibilització en les diferents identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId60">
         <w:r>
           <w:rPr/>
           <w:t>Ús de diferents conductes i relacions interpersonals basades en el respecte, el diàleg i la igualtat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId61">
         <w:r>
           <w:rPr/>
           <w:t>Interès per coneixer les causes(i les conseqüències) de l’existència de diferències i desigualtats socials per motiu d’identitat de gènere, d’identitat sexual i d’opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>