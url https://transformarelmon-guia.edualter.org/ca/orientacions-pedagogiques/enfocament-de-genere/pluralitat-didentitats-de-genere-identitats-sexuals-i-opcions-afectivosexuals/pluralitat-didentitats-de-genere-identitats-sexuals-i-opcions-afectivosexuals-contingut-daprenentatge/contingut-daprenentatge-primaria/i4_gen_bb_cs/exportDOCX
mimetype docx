--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,85 +79,85 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Indaguen en el desenvolupament de la pròpia identitat de gènere, identitat sexual i opció afectivosexual.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>G Pluralitat d’identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
+        <w:t>G Pluralitat d'identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>