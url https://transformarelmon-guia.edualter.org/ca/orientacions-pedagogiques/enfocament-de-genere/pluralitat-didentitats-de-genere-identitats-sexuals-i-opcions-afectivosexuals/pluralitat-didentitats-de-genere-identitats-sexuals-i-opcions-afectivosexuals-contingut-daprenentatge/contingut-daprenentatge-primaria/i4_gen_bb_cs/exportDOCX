--- v2 (2026-01-09)
+++ v3 (2026-03-17)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Superior Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -1793,102 +1793,102 @@
           <w:t>Sensibilització en les diferents identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId60">
         <w:r>
           <w:rPr/>
           <w:t>Ús de diferents conductes i relacions interpersonals basades en el respecte, el diàleg i la igualtat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId61">
         <w:r>
           <w:rPr/>
           <w:t>Interès per coneixer les causes(i les conseqüències) de l’existència de diferències i desigualtats socials per motiu d’identitat de gènere, d’identitat sexual i d’opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>