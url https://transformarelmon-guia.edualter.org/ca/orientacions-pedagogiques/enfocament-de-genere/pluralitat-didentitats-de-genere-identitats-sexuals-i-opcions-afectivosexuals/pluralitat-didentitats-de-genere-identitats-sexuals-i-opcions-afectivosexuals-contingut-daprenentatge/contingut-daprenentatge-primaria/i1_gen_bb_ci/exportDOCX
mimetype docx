--- v0 (2025-10-27)
+++ v1 (2026-01-09)
@@ -79,85 +79,85 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Enumeren els elements essencials per a iniciar el procés de construcció de la identitat de gènere i de la identitat sexual.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>G Pluralitat d’identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
+        <w:t>G Pluralitat d'identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>