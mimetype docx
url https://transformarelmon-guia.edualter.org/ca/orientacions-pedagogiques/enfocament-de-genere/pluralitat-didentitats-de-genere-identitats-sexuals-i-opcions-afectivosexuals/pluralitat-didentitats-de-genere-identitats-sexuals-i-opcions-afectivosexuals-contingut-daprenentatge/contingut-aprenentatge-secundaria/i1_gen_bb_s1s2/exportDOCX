--- v0 (2025-10-27)
+++ v1 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Assumeixen la seva responsabilitat en el propi procés de construcció de la identitat de gènere i de la identitat sexual.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>G Pluralitat d’identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
+        <w:t>G Pluralitat d'identitats de gènere, identitats sexuals i opcions afectivosexuals</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1546,51 +1546,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -1719,51 +1719,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -1896,59 +1896,59 @@
           <w:t>Desenvolupament de diferents conductes i relacions interpersonals basades en el respecte, el diàleg i la igualtat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica dels trets constitutius de la pròpia identitat de gènere, identitat sexual i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>