--- v1 (2026-01-09)
+++ v2 (2026-02-04)
@@ -1896,59 +1896,59 @@
           <w:t>Desenvolupament de diferents conductes i relacions interpersonals basades en el respecte, el diàleg i la igualtat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica dels trets constitutius de la pròpia identitat de gènere, identitat sexual i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>