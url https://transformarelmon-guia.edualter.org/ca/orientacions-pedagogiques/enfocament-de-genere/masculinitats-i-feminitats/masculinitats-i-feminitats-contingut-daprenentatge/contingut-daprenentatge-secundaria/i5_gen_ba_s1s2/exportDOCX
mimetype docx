--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -191,59 +191,59 @@
           <w:t>Assumpció del propi procès de construcció de la masculinitat i feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Valoració de les semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>