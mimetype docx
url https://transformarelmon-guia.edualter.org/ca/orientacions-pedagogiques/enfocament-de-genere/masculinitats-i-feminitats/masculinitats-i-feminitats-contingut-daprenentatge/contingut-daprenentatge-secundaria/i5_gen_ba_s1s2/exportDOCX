--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Reconeixen els drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,103 +147,103 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr/>
           <w:t>Assumpció del propi procès de construcció de la masculinitat i feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Valoració de les semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>