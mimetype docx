--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -296,59 +296,59 @@
           <w:t>Valoració del paper de la dona i els sabers femenins com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr/>
           <w:t>Defensa dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>