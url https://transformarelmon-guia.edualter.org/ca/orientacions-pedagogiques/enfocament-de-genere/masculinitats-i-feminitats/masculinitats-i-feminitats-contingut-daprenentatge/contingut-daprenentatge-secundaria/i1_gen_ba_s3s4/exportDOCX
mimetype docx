--- v0 (2025-10-28)
+++ v1 (2025-11-19)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Segon cicle d'ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3265,59 +3265,59 @@
           <w:t>Reivindicació del paper de la dona i els sabers femenins com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId86">
         <w:r>
           <w:rPr/>
           <w:t>Defensa dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>