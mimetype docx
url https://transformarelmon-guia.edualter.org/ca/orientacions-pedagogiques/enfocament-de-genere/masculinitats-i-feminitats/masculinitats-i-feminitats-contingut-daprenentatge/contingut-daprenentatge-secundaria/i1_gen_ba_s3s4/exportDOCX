--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Desenvolupen de manera responsable, crítica i autònonoma la construcció del seu propi model de masculinitat i feminitat.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,51 +147,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
@@ -2161,51 +2161,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2326,51 +2326,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2491,51 +2491,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2660,51 +2660,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2837,51 +2837,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -3010,51 +3010,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -3265,59 +3265,59 @@
           <w:t>Reivindicació del paper de la dona i els sabers femenins com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId86">
         <w:r>
           <w:rPr/>
           <w:t>Defensa dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>