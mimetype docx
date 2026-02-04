--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3160,59 +3160,59 @@
           <w:t>Assumpció del propi procès de construcció de la masculinitat i feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència emprenedora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId83">
         <w:r>
           <w:rPr/>
           <w:t>Reflexió crítica de les semblances i les diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>