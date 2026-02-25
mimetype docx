--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3265,59 +3265,59 @@
           <w:t>Reivindicació del paper de la dona i els sabers femenins com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId86">
         <w:r>
           <w:rPr/>
           <w:t>Defensa dels drets i deures individuals i col·lectius en qüestió de gènere.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>