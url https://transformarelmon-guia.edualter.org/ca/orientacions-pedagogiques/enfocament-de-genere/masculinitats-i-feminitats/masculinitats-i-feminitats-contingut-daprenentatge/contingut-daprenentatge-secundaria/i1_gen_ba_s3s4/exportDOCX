--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3160,59 +3160,59 @@
           <w:t>Assumpció del propi procès de construcció de la masculinitat i feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència emprenedora</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId83">
         <w:r>
           <w:rPr/>
           <w:t>Reflexió crítica de les semblances i les diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>