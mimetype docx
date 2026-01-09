--- v0 (2025-10-27)
+++ v1 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Descriuen les principals semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>