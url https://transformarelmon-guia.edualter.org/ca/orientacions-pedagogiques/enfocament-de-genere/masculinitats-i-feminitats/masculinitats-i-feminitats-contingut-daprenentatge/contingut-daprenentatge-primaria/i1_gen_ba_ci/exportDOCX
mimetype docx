--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1098,67 +1098,67 @@
           <w:t>Presa de consciència del propi procès de construcció de la masculinitat i la feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència emprenedora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Introducció a les principals semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -1176,59 +1176,59 @@
           <w:t>Percepció de les principals situacions de desigualtat, injustícia i discriminació per motiu de gènere, sexe o opció afectivosexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr/>
           <w:t>Interès per conèixer el paper de la dona i els saber femenins al llarg de la història com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>