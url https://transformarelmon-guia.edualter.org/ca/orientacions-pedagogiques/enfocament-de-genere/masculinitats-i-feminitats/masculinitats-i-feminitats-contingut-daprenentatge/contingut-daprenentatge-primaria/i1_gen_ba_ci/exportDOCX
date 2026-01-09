--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Identifiquen els diferents models de masculinitat i feminitat que es donen en les societats actuals.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1098,59 +1098,59 @@
           <w:t>Presa de consciència del propi procès de construcció de la masculinitat i la feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Introducció a les principals semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>