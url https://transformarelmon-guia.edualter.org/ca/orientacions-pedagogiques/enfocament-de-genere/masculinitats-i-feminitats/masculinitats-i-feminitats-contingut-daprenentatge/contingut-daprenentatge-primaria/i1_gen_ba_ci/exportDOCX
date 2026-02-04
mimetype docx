--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -1098,59 +1098,59 @@
           <w:t>Presa de consciència del propi procès de construcció de la masculinitat i la feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Introducció a les principals semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>