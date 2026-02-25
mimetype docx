--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -1098,67 +1098,67 @@
           <w:t>Presa de consciència del propi procès de construcció de la masculinitat i la feminitat.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Introducció a les principals semblances i diferències de gènere com a element enriquidor de les relacions interpersonals.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -1176,59 +1176,59 @@
           <w:t>Percepció de les principals situacions de desigualtat, injustícia i discriminació per motiu de gènere, sexe o opció afectivosexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr/>
           <w:t>Interès per conèixer el paper de la dona i els saber femenins al llarg de la història com a motor de canvi i transformació social.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>