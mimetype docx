--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -2591,59 +2591,59 @@
           <w:t xml:space="preserve">Valoració negativa dels estereotips, prejudicis i discriminacions envers la identitat de gènere, la identitat sexual i l’opció afectivosexual </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId105">
         <w:r>
           <w:rPr/>
           <w:t>Assumpció de l’ús de diferents actituds cooperatives, solidàries i crítiques davant de situacions de discriminació per motiu de gènere, sexe i opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>