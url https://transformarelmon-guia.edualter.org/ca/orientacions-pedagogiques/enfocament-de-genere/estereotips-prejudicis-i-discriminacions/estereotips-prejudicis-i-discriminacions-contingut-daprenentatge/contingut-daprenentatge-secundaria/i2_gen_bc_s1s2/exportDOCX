--- v0 (2025-10-27)
+++ v1 (2025-10-27)
@@ -2084,59 +2084,59 @@
           <w:t xml:space="preserve">Valoració negativa dels estereotips, prejudicis i discriminacions envers la identitat de gènere, la identitat sexual i l’opció afectivosexual </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr/>
           <w:t>Valoració negativa de comportaments i actituds discriminatòries en diferents àmbits de la vida per motiu de gènere, sexe o opció afectivasexual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>