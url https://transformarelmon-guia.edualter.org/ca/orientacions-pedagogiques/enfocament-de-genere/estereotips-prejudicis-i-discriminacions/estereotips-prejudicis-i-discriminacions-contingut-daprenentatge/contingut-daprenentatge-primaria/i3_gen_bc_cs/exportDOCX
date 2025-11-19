--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -2503,59 +2503,59 @@
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId114">
         <w:r>
           <w:rPr/>
           <w:t>Aprofundiment en la pràctica d’actituds cooperatives, solidàries i crítiques davant situacions de discriminació per motiu de gènere, sexe i opció afectivasexual.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Gènere i feminismes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>