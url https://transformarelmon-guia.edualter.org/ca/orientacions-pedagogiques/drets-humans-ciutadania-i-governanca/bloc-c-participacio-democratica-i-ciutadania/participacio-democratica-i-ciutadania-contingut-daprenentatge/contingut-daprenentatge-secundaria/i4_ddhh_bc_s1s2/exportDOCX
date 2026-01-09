--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Analitzen críticament el procés de construcció i respecte de les diferents normes de convivència democràtica del centre, la família i l’entorn proper en base als criteris de consens i dissens.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,76 +147,76 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència emprenedora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2450,51 +2450,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2598,51 +2598,51 @@
         <w:t>COMPETÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2775,51 +2775,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>