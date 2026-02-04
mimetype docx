--- v1 (2026-01-09)
+++ v2 (2026-02-04)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència emprenedora</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -3043,59 +3043,59 @@
           <w:t>Assumpció i interiorització d’habilitats per a la comunicació i la convivència que contribueixin a orientar les relacions interpersonals amb una perspectiva ètica tant en l’entorn proper com llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId95">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica dels diferents mecanismes i vies de participació democràtica a l’aula i al centre escolar, indagant propostes de millora i aprofundiment democràtic</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>