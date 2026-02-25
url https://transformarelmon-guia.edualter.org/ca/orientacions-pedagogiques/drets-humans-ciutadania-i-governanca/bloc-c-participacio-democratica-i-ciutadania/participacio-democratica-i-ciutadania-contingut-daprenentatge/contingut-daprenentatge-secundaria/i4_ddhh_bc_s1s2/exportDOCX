--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3000,110 +3000,110 @@
           <w:t>Participació activa en la planificació, organització i realització de tasques o projectes en l’àmbit escolar, familiar i en l’entorn proper, orientades a assolir objectius comuns que contribueixin a millorar  les garanties de llibertat, igualtat i justícia, a nivell local i global</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId116">
         <w:r>
           <w:rPr/>
           <w:t>Assumpció i interiorització d’habilitats per a la comunicació i la convivència que contribueixin a orientar les relacions interpersonals amb una perspectiva ètica tant en l’entorn proper com llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId95">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica dels diferents mecanismes i vies de participació democràtica a l’aula i al centre escolar, indagant propostes de millora i aprofundiment democràtic</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>