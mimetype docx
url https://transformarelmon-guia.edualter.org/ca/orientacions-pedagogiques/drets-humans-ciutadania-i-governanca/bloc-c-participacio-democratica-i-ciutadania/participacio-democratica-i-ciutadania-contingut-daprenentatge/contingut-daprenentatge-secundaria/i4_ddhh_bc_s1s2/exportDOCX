--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -164,67 +164,67 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3000,110 +3000,110 @@
           <w:t>Participació activa en la planificació, organització i realització de tasques o projectes en l’àmbit escolar, familiar i en l’entorn proper, orientades a assolir objectius comuns que contribueixin a millorar  les garanties de llibertat, igualtat i justícia, a nivell local i global</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId116">
         <w:r>
           <w:rPr/>
           <w:t>Assumpció i interiorització d’habilitats per a la comunicació i la convivència que contribueixin a orientar les relacions interpersonals amb una perspectiva ètica tant en l’entorn proper com llunyà</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId95">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crítica dels diferents mecanismes i vies de participació democràtica a l’aula i al centre escolar, indagant propostes de millora i aprofundiment democràtic</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>