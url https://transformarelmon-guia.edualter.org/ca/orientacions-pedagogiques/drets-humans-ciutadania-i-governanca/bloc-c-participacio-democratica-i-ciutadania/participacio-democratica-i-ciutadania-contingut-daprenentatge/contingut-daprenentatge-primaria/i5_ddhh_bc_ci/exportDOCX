--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -149,59 +149,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Inicial Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>