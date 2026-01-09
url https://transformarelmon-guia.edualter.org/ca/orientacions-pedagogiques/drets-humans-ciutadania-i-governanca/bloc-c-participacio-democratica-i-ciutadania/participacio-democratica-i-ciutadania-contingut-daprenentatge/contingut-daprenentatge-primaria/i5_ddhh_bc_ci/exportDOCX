--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -64,51 +64,51 @@
       </w:pPr>
       <w:r>
         <w:t>OBJECTIU BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Participar de forma activa, responsable i compromesa en la construcció i respecte de les normes de convivència, la presa de decisions i la realització de projectes en l’àmbit escolar, familiar i en l’entorn proper.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>