--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -1153,59 +1153,59 @@
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId55">
         <w:r>
           <w:rPr/>
           <w:t>Respecte  i defensa dels drets propis i de les  persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>