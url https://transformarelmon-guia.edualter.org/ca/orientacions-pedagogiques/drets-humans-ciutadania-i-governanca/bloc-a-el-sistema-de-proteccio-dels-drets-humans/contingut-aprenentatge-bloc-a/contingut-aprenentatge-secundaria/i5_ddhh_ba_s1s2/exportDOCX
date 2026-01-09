--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Analitzen críticament les diferents vinculacions existents entre la protecció dels drets humans i la garantia de la pau, el desenvolupament i la democràcia</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,51 +147,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1013,51 +1013,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -1145,59 +1145,59 @@
           <w:t>Reflexió crítica i comprensió del sistema de protecció dels drets humans i la seva necessària articulació amb la garantia de la pau, el desenvolupament i la democràcia</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId55">
         <w:r>
           <w:rPr/>
           <w:t>Respecte  i defensa dels drets propis i de les  persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>