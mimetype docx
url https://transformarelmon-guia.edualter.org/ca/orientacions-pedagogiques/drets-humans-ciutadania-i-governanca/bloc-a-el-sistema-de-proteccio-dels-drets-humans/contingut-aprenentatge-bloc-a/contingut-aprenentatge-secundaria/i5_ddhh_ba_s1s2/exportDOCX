--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -1145,59 +1145,59 @@
           <w:t>Reflexió crítica i comprensió del sistema de protecció dels drets humans i la seva necessària articulació amb la garantia de la pau, el desenvolupament i la democràcia</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId55">
         <w:r>
           <w:rPr/>
           <w:t>Respecte  i defensa dels drets propis i de les  persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>