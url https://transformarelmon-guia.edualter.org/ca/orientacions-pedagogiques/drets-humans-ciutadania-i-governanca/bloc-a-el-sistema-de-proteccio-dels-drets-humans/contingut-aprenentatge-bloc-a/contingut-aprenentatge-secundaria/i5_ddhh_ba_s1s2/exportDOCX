--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -1145,67 +1145,67 @@
           <w:t>Reflexió crítica i comprensió del sistema de protecció dels drets humans i la seva necessària articulació amb la garantia de la pau, el desenvolupament i la democràcia</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId55">
         <w:r>
           <w:rPr/>
           <w:t>Respecte  i defensa dels drets propis i de les  persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>