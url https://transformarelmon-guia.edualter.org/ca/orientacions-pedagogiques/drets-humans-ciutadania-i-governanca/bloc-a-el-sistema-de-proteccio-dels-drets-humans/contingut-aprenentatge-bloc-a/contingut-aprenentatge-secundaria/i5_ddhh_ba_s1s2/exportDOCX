--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1145,59 +1145,59 @@
           <w:t>Reflexió crítica i comprensió del sistema de protecció dels drets humans i la seva necessària articulació amb la garantia de la pau, el desenvolupament i la democràcia</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId55">
         <w:r>
           <w:rPr/>
           <w:t>Respecte  i defensa dels drets propis i de les  persones tant de l’entorn proper com llunyà a partir de l’assertivitat, l’empatia i la solidaritat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>