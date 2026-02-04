--- v0 (2025-10-27)
+++ v1 (2026-02-04)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Analitzen críticament els instruments de protecció de drets i incidència existents (instruments internacionals, moviments sindicals, ILP...) i posen en pràctica algun dels mecanismes de defensa i reivindicació de drets en situacions de vulnerabilitat social a escala local</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -147,51 +147,51 @@
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>