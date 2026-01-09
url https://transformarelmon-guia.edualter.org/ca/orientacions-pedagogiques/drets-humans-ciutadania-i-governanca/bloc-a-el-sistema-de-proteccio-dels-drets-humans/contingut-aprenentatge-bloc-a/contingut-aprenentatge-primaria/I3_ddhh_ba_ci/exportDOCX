--- v0 (2025-10-27)
+++ v1 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Observen diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l'entorn proper</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -1119,59 +1119,59 @@
           <w:t>Presentació de diferents drets humans vinculats a la realitat propera de l'alumnat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId53">
         <w:r>
           <w:rPr/>
           <w:t>Introducció als diferents mecanismes  de defensa dels drets humans a partir d'exemples d'accions reivindicatives en l'entorn proper (manifestacions, vagues, campanyes...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>