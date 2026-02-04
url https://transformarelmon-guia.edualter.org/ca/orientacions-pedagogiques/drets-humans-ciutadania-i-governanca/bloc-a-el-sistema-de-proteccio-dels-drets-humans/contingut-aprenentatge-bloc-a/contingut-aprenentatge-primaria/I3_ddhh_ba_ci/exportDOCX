--- v1 (2026-01-09)
+++ v2 (2026-02-04)
@@ -1076,59 +1076,59 @@
           <w:t>Identificació i rebuig de les diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l’entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId66">
         <w:r>
           <w:rPr/>
           <w:t>Presentació de diferents drets humans vinculats a la realitat propera de l'alumnat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>