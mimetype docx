--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1119,59 +1119,59 @@
           <w:t>Presentació de diferents drets humans vinculats a la realitat propera de l'alumnat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId53">
         <w:r>
           <w:rPr/>
           <w:t>Introducció als diferents mecanismes  de defensa dels drets humans a partir d'exemples d'accions reivindicatives en l'entorn proper (manifestacions, vagues, campanyes...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>