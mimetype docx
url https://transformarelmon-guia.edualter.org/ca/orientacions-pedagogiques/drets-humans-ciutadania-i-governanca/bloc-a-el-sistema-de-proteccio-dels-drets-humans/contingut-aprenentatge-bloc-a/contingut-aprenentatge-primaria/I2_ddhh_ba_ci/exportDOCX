--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Inicial Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -697,102 +697,102 @@
           <w:t>Coneixement dels drets humans individuals i col.lectius reconeguts en la Declaració Universal dels Drets Humans, Convenció sobre els Drets de l’Infant, Estatut d’Autonomia i Constitució espanyola</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr/>
           <w:t>Presentació dels conceptes de drets i deures</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr/>
           <w:t>Observació de diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l'entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>