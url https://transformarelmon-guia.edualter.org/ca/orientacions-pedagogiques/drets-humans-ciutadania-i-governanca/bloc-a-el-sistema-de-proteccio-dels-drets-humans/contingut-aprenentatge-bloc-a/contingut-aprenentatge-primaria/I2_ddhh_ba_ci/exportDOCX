--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -79,51 +79,51 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>S'informen sobre els diferents drets humans vinculats a la realitat propera de l'alumnat</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>