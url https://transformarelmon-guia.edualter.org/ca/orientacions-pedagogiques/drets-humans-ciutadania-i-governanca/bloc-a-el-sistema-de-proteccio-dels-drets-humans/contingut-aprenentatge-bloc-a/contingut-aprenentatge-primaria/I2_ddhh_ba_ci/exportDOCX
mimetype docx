--- v2 (2026-01-09)
+++ v3 (2026-02-25)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cicle Inicial Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -740,59 +740,59 @@
           <w:t>Presentació dels conceptes de drets i deures</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr/>
           <w:t>Observació de diferents situacions de marginació, discriminació, injustícia i violació de drets fonamentals en l'entorn proper</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Drets Humans, participació i governança</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>