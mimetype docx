--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Actua amb coherència (cura d’una mateixa, cura de l’altre, cura de l’entorn) per la creació d’alternatives noviolentes.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>P Models i propostes per aconseguir la cultura de pau</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
@@ -2021,51 +2021,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2194,51 +2194,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal4"/>
       </w:pPr>
       <w:r>
@@ -2367,51 +2367,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2548,51 +2548,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -2717,51 +2717,51 @@
         <w:t>REFERÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Currículum secundària Catalunya</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
-        <w:t>Segon cicle d'ESO</w:t>
+        <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -3164,183 +3164,183 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId36">
         <w:r>
           <w:rPr/>
           <w:t>Pràctica d’accions per satisfer les necessitats personals i les de les demés persones per tal de  cuidar-se una mateixa i les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId80">
         <w:r>
           <w:rPr/>
           <w:t>Participació reflexiva en una iniciativa alternativa al militarisme, la despesa militar, les guerres i a les formes de violència en general</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId81">
         <w:r>
           <w:rPr/>
           <w:t>Reconeixement de i no col•laboració amb principis, normes i formes d’organització injustes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId82">
         <w:r>
           <w:rPr/>
           <w:t>Comprensió dels plantejaments pacifistes i noviolents des de la teoria (valors i arguments de pau) fins a la pràctica (alternatives de pau) (pau positiva)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId65">
         <w:r>
           <w:rPr/>
           <w:t>Valoració crítica de la posada en pràctica d’una estratègia  a mig termini i de tasques per tal de millorar aspectes de l’entorn proper o necessitats socials (desarmament, pau, drets, major equitat, relacions més justes)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>