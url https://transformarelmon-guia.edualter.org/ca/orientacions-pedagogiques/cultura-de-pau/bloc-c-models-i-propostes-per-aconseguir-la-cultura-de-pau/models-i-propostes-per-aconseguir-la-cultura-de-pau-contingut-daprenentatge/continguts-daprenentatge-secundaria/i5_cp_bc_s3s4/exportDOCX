--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -164,59 +164,59 @@
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Tercer i quart d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>COMPETÈNCIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3180,59 +3180,59 @@
           <w:t>Pràctica d’accions per satisfer les necessitats personals i les de les demés persones per tal de  cuidar-se una mateixa i les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId80">
         <w:r>
           <w:rPr/>
           <w:t>Participació reflexiva en una iniciativa alternativa al militarisme, la despesa militar, les guerres i a les formes de violència en general</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>