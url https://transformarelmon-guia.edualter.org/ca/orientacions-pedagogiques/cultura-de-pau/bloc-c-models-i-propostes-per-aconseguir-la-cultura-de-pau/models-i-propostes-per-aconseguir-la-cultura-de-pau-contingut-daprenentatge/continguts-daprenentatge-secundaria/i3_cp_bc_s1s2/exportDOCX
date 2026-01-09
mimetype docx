--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Analitzen críticament les propostes teòriques (teories pacifistes) i pràctiques (alternatives pacifistes) per a promoure la pau de l’entorn i global.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>P Models i propostes per aconseguir la cultura de pau</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -1447,159 +1447,159 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId40">
         <w:r>
           <w:rPr/>
           <w:t>Comprensió dels plantejaments pacifistes i noviolents des de la teoria (valors i arguments de pau) fins a la pràctica (alternatives de pau) (pau positiva)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId36">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crític  de les alternatives al militarisme, a la despesa militar, les guerres i a les formes de violència en general, properes i globals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId98">
         <w:r>
           <w:rPr/>
           <w:t>Valoració positiva de les normes de centre i socials, reconeixent-ne el benefici per una mateixa, per les altres persones i per la societat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId38">
         <w:r>
           <w:rPr/>
           <w:t>Planificació i posada en pràctica d’una estratègia  a mig termini i de tasques per tal de millorar aspectes de l’entorn proper o necessitats socials (desarmament, pau, drets, major equitat, relacions més justes)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId99">
         <w:r>
           <w:rPr/>
           <w:t>Pràctica d’accions per satisfer les necessitats personals i les de les demés persones per tal de  cuidar-se una mateixa i les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>