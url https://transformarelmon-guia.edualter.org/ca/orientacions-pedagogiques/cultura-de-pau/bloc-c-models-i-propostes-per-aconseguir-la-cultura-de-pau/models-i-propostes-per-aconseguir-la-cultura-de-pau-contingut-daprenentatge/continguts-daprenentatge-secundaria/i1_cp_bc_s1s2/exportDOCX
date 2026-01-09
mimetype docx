--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Analitzen críticament les alternatives al militarisme, a la despesa militar, les guerres i a les formes de violència en general, properes i globals.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>P Models i propostes per aconseguir la cultura de pau</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -2109,191 +2109,191 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr/>
           <w:t>Participació reflexiva en una iniciativa alternativa al militarisme, la despesa militar, les guerres i a les formes de violència en general</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId130">
         <w:r>
           <w:rPr/>
           <w:t>Valoració positiva de les normes de centre i socials, reconeixent-ne el benefici per una mateixa, per les altres persones i per la societat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId78">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi crític  de  les propostes teòriques (teories pacifistes) i pràctiques (alternatives pacifistes) per a promoure la pau de l’entorn i global</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId79">
         <w:r>
           <w:rPr/>
           <w:t>Planificació i posada en pràctica d’una estratègia  a mig termini i de tasques per tal de millorar aspectes de l’entorn proper o necessitats socials (desarmament, pau, drets, major equitat, relacions més justes)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId131">
         <w:r>
           <w:rPr/>
           <w:t>Pràctica d’accions per satisfer les necessitats personals i les de les demés persones per tal de  cuidar-se una mateixa i les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>