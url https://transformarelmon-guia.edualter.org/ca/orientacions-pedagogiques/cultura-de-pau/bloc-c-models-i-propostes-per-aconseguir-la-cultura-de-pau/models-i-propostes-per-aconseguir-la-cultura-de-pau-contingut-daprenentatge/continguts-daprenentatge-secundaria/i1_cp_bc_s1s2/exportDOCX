--- v1 (2026-01-09)
+++ v2 (2026-02-04)
@@ -2241,59 +2241,59 @@
           <w:t>Pràctica d’accions per satisfer les necessitats personals i les de les demés persones per tal de  cuidar-se una mateixa i les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en comunicació lingüística</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>