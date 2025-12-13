--- v0 (2025-11-19)
+++ v1 (2025-12-13)
@@ -998,59 +998,59 @@
           <w:t>Observació d’aspectes de la organització d’aula o de centre que s’haurien de millorar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr/>
           <w:t>Formulació puntual d’alternatives per tal de millorar aspectes de la organització d’aula o de centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -1095,59 +1095,59 @@
           <w:t>Valoració positiva de a les normes  d’aula i de centre, reconeixent-ne el benefici per una mateixa i per les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId45">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement de formes per promoure la pau en l’entorn proper i a nivell mundial   (dret a la pau, educació perla pau, control dels recursos naturals...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>