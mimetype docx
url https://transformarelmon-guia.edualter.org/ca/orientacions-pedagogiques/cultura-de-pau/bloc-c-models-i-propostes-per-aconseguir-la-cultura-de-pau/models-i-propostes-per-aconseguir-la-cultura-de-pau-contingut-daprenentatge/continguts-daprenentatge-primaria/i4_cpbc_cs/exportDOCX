--- v1 (2025-12-13)
+++ v2 (2026-01-09)
@@ -79,68 +79,68 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Valoren críticament diferents alternatives per decidir quines contribueixen més a millorar aspectes de la organització d’aula o de centre.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>P Models i propostes per aconseguir la cultura de pau</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -982,226 +982,226 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr/>
           <w:t>Observació d’aspectes de la organització d’aula o de centre que s’haurien de millorar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr/>
           <w:t>Formulació puntual d’alternatives per tal de millorar aspectes de la organització d’aula o de centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId44">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement de formes de frenar la violència en l’entorn proper i a nivell mundial   (rebutjar la guerra, estar a favor del desarmament...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr/>
           <w:t>Valoració positiva de a les normes  d’aula i de centre, reconeixent-ne el benefici per una mateixa i per les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId45">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement de formes per promoure la pau en l’entorn proper i a nivell mundial   (dret a la pau, educació perla pau, control dels recursos naturals...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId46">
         <w:r>
           <w:rPr/>
           <w:t>Comprensió de les necessitats de les altres persones, i cura d’una mateixa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>