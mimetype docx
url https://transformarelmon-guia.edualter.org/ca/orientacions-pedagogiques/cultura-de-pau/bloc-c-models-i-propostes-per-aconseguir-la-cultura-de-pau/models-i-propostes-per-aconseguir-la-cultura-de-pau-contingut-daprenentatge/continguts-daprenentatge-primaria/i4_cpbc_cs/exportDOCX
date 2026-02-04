--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -998,59 +998,59 @@
           <w:t>Observació d’aspectes de la organització d’aula o de centre que s’haurien de millorar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
+        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència personal, social i d'aprendre a aprendre</w:t>
+        <w:t>Competència matemàtica i competència en ciència, tecnologia i enginyeria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr/>
           <w:t>Formulació puntual d’alternatives per tal de millorar aspectes de la organització d’aula o de centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
@@ -1095,59 +1095,59 @@
           <w:t>Valoració positiva de a les normes  d’aula i de centre, reconeixent-ne el benefici per una mateixa i per les altres persones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència ciutadana</w:t>
+        <w:t>Competència emprenedora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència emprenedora</w:t>
+        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId45">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement de formes per promoure la pau en l’entorn proper i a nivell mundial   (dret a la pau, educació perla pau, control dels recursos naturals...)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>