--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Coneixen el paper dels principals actors internacionals i dels mecanismes del dret existents per promoure la pau.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>P Anàlisi de la realitat en l’àmbit de la pau i la violència</w:t>
+        <w:t>P Anàlisi de la realitat en l'àmbit de la pau i la violència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -3621,210 +3621,210 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr/>
           <w:t>Valoració crítica dels principals actors i del dret internacionals existents, i de les pràctiques que suposen una oportunitat per promoure la pau</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId150">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId151">
         <w:r>
           <w:rPr/>
           <w:t>Capacitat d’argumentar el rebuig als tipus de violència (directa, estructural i cultural) en les relacions interpersonals i en les condicions socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId152">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement dels diferents tipus de conflictes (locals, socials, internacionals) capacitat de comparar-los, i d’argumentar si són violents o no</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId153">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi del procés, dels actors implicats, de les postures i de les necessitats de cada part en un conflicte interpersonal, social o internacional, des de la complexitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId154">
         <w:r>
           <w:rPr/>
           <w:t>Capacitat d’argumentar els reptes i els beneficis de respectar el procés i de trobar una sortida justa per resoldre els conflictes  interpersonals i socials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>