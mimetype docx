--- v0 (2025-10-27)
+++ v1 (2025-11-19)
@@ -2835,59 +2835,59 @@
           <w:t>Capacitat d’aplicar alternatives per frenar els diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals i en les condicions socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>