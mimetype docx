--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -2835,67 +2835,67 @@
           <w:t>Capacitat d’aplicar alternatives per frenar els diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals i en les condicions socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Cultura de pau i noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>