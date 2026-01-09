--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -79,119 +79,119 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Argumenten el seu rebuig als tipus de violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>P Anàlisi de la realitat en l’àmbit de la pau i la violència</w:t>
+        <w:t>P Anàlisi de la realitat en l'àmbit de la pau i la violència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CICLE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Primer cicle d'ESO</w:t>
+        <w:t>Primer i segon d’ESO</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>RECOMANACIONS PEDAGÒGIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ESTRATÈGIES DIDÀCTIQUES</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -2819,226 +2819,226 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr/>
           <w:t>Capacitat d’aplicar alternatives per frenar els diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals i en les condicions socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId29">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement dels diferents tipus de conflictes (locals, socials, internacionals) capacitat de comparar-los, i d’argumentar si són violents o no</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi del procés, dels actors implicats, de les postures i de les necessitats de cada part en un conflicte interpersonal, social o internacional, des de la complexitat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId103">
         <w:r>
           <w:rPr/>
           <w:t>Capacitat d’argumentar els reptes i els beneficis de respectar el procés i de trobar una sortida justa per resoldre els conflictes  interpersonals i socials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId149">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement del paper dels principals actors internacionals i dels mecanismes del dret existents per promoure la pau</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>