--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -2843,59 +2843,59 @@
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en comunicació lingüística</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>