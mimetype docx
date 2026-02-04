--- v4 (2026-02-04)
+++ v5 (2026-02-04)
@@ -2835,67 +2835,67 @@
           <w:t>Capacitat d’aplicar alternatives per frenar els diferents tipus de violència (directa, estructural i cultural) en les relacions interpersonals i en les condicions socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Competència en consciència i expressió culturals</w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència ciutadana</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>