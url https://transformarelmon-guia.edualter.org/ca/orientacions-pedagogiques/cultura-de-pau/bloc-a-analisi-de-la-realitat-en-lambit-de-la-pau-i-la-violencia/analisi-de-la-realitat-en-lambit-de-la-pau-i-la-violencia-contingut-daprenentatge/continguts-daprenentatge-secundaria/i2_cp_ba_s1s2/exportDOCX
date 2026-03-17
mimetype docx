--- v5 (2026-02-04)
+++ v6 (2026-03-17)
@@ -2843,59 +2843,59 @@
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Secundària Obligatòria (ESO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Competència en comunicació lingüística</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
+        <w:t>Competència en consciència i expressió culturals</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
         <w:t>Competència ciutadana</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Competència en consciència i expressió culturals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr/>
           <w:t>Anàlisi de les causes i les conseqüències de la violència (directa, estructural i cultural) en les relacions interpersonals, socials i mundials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>