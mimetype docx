--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -79,85 +79,85 @@
       </w:pPr>
       <w:r>
         <w:t>CRITERI D'AVALUACIÓ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:t>Són conscients de la dimensió internacional, de l’existència d’un planeta i d’altres països.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>TIPUS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contingut específic</w:t>
+        <w:t>Saber</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>EIX</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>BLOC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>P Anàlisi de la realitat en l’àmbit de la pau i la violència</w:t>
+        <w:t>P Anàlisi de la realitat en l'àmbit de la pau i la violència</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>ETAPA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -2804,213 +2804,213 @@
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>CONTINGUTS VINCULATS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr/>
           <w:t>Presentació de les Nacions Unides i dels drets humans</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr/>
           <w:t>Coneixement del rol de les Nacions Unides i del dret internacional</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId136">
         <w:r>
           <w:rPr/>
           <w:t>Presentació a les diferents formes de violència directa (física, verbal i psicològica) en les relacions interpersonals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId137">
         <w:r>
           <w:rPr/>
           <w:t>Expressió del rebuig a la violència directa (física, verbal i psicològica) en les relacions interpersonals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId138">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">Coneixement inicial de tipus de conflictes a l'aula i a la realitat propera </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId139">
         <w:r>
           <w:rPr/>
           <w:t xml:space="preserve">Anàlisi del procés d’un conflicte interpersonal </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Link"/>
       </w:pPr>
       <w:hyperlink r:id="rId140">
         <w:r>
           <w:rPr/>
           <w:t>Valoració dels beneficis de trobar una sortida justa per resoldre els conflictes interpersonals</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Cultura de pau i noviolència</w:t>
+        <w:t>Pau i Noviolència</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Educació Primària</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>